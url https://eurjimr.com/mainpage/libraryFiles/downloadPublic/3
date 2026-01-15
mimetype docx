--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -1,33 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.template.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="317CACA5" w14:textId="52107E51" w:rsidR="00F47B44" w:rsidRPr="00C814D6" w:rsidRDefault="00512203" w:rsidP="00C814D6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
@@ -156,71 +156,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidR="00045DE2" w:rsidRPr="00C814D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00454309" w:rsidRPr="00454309">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide a brief and focused overview of the clinical or scientific context relevant to the case. Clearly explain why the condition, presentation, or complication is important. State the rationale for reporting this </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (rarity, diagnostic challenge, treatment dilemma, unexpected presentation, or novel aspect).</w:t>
+        <w:t>Provide a brief and focused overview of the clinical or scientific context relevant to the case. Clearly explain why the condition, presentation, or complication is important. State the rationale for reporting this particular case (rarity, diagnostic challenge, treatment dilemma, unexpected presentation, or novel aspect).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="258DC8F7" w14:textId="226300B2" w:rsidR="00045DE2" w:rsidRPr="00C814D6" w:rsidRDefault="008347B8" w:rsidP="00C814D6">
       <w:pPr>
         <w:pStyle w:val="MDPI19line"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
@@ -368,69 +348,51 @@
         </w:rPr>
         <w:t xml:space="preserve">: keyword 1, keyword 2, keyword 3, keyword 4 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="384E8D15" w14:textId="589C527E" w:rsidR="007B3B33" w:rsidRDefault="00045DE2" w:rsidP="006A730B">
       <w:pPr>
         <w:pStyle w:val="MDPI19line"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A730B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="EE0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(List three to ten pertinent keywords specific to the article yet reasonably common within the subject discipline. Keywords should be separated by commas and listed alphabetically. This section must include 3-6 English keywords provided according to the Medical Subject Headings (</w:t>
-[...17 lines deleted...]
-        <w:t>).)</w:t>
+        <w:t>(List three to ten pertinent keywords specific to the article yet reasonably common within the subject discipline. Keywords should be separated by commas and listed alphabetically. This section must include 3-6 English keywords provided according to the Medical Subject Headings (MeSH).)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02D55DE5" w14:textId="77777777" w:rsidR="00C814D6" w:rsidRDefault="00C814D6" w:rsidP="00C814D6">
       <w:pPr>
         <w:pStyle w:val="MDPI19line"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1824693F" w14:textId="4E6C2566" w:rsidR="006B541B" w:rsidRDefault="006B541B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -621,75 +583,75 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00955C08">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Edition</w:t>
       </w:r>
       <w:r w:rsidRPr="00011B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76BB456A" w14:textId="0F665803" w:rsidR="00A60FA2" w:rsidRPr="00A21F55" w:rsidRDefault="006A730B" w:rsidP="006A730B">
+    <w:p w14:paraId="76BB456A" w14:textId="2245CF46" w:rsidR="00A60FA2" w:rsidRPr="00A21F55" w:rsidRDefault="008E632C" w:rsidP="006A730B">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>MATERIALS AND METHODS</w:t>
+        <w:t>CASE PRESENTATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8B0014" w14:textId="77777777" w:rsidR="00CB22D9" w:rsidRPr="00CB22D9" w:rsidRDefault="00CB22D9" w:rsidP="00CB22D9">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB22D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The Case Presentation should provide a clear and chronological description of the patient’s clinical course. Begin with demographic information and pertinent medical history, including comorbidities, medications, and prior interventions. Describe the presenting complaint, the onset and evolution of symptoms, and the key findings on physical examination.</w:t>
       </w:r>
     </w:p>
@@ -714,71 +676,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Diagnostic evaluation should be detailed with relevant laboratory results, imaging studies, endoscopic or pathological findings, and any additional investigations that informed clinical decision-making. The narrative should explain the differential diagnoses considered and articulate the reasoning that led to the final working diagnosis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0962D7C4" w14:textId="2C91D2B2" w:rsidR="00A60FA2" w:rsidRPr="008D3949" w:rsidRDefault="00CB22D9" w:rsidP="00CB22D9">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB22D9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Therapeutic interventions should be described precisely, including medications administered, dosages, duration, supportive treatments, and modifications to therapy in response to clinical changes. The patient’s clinical progression should be traced from admission to the conclusion of their hospital stay and subsequent outpatient follow-up. Laboratory and imaging trends may be incorporated into the narrative when clinically relevant. The section should end with a clear statement of the patient’s outcome and </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Therapeutic interventions should be described precisely, including medications administered, dosages, duration, supportive treatments, and modifications to therapy in response to clinical changes. The patient’s clinical progression should be traced from admission to the conclusion of their hospital stay and subsequent outpatient follow-up. Laboratory and imaging trends may be incorporated into the narrative when clinically relevant. The section should end with a clear statement of the patient’s outcome and current status.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FFC2F2E" w14:textId="78CA85A0" w:rsidR="00A60FA2" w:rsidRDefault="00A60FA2" w:rsidP="006A730B">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D3949">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
@@ -804,258 +746,150 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00184889">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">consent of the patient or the legal </w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">consent of the patient or the legal represetatives must be stated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36395">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:snapToGrid/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00483660">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:snapToGrid/>
-[...11 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.g., This study was in compliance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:snapToGrid/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00483660">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A9635B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.g., This study </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00483660">
+        <w:t>with the Helsinki Declaration, relevant institutional guidelines, and applicable regulations</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>was in compliance</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>. E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36395">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A9635B">
+        <w:t>thical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028040D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>with</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A9635B">
+        <w:t xml:space="preserve"> approval was obtained from </w:t>
+      </w:r>
+      <w:r w:rsidR="006A730B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Helsinki Declaration, relevant institutional guidelines, and applicable regulations</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Yale</w:t>
+      </w:r>
+      <w:r w:rsidR="002932B6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>. E</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F36395">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028040D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>thical</w:t>
-[...95 lines deleted...]
-        <w:t>/xx)</w:t>
+        <w:t>University Faculty of Medicine Non-Interventional Ethics Committee (Decision date: xx.xx.xxxx, Decision number: xxxx/xx)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00407737">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Written informed consent was obtained from all participants prior to their inclusion in the study</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
@@ -1088,69 +922,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DISCUSSION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF4BB4E" w14:textId="77777777" w:rsidR="00DB3909" w:rsidRPr="00DB3909" w:rsidRDefault="00DB3909" w:rsidP="00DB3909">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB3909">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Discussion should interpret the case </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> existing literature and current clinical understanding. It should begin by addressing the underlying pathophysiological or mechanistic processes relevant to the case, referencing established evidence where applicable. The discussion should then compare the patient’s presentation and clinical course with previously reported cases, noting similarities, differences, and distinctive aspects that enhance clinical insight.</w:t>
+        <w:t>The Discussion should interpret the case in light of existing literature and current clinical understanding. It should begin by addressing the underlying pathophysiological or mechanistic processes relevant to the case, referencing established evidence where applicable. The discussion should then compare the patient’s presentation and clinical course with previously reported cases, noting similarities, differences, and distinctive aspects that enhance clinical insight.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="325252DF" w14:textId="6FC0D35F" w:rsidR="00DB3909" w:rsidRPr="00DB3909" w:rsidRDefault="00DB3909" w:rsidP="00DB3909">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB3909">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Diagnostic challenges should be critically analyzed, particularly when symptoms overlap with other common conditions or when atypical features complicate timely diagnosis. The rationale for management decisions made during the patient’s course should be explained, including the choice of therapies, any deviations from standard practice, and considerations related to comorbidities or risk factors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E23188" w14:textId="1B421440" w:rsidR="00A60FA2" w:rsidRPr="00761C37" w:rsidRDefault="00DB3909" w:rsidP="00DB3909">
       <w:pPr>
@@ -1412,170 +1228,79 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="EE0000"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00B72CF4" w:rsidRPr="00CC58AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="EE0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Edition</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC58AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="EE0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> citation style, as specified in the journal’s writing guidelines. Authors should ensure that all references are accurate, up to date, and properly formatted. Conference proceedings and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> citation style, as specified in the journal’s writing guidelines. Authors should ensure that all references are accurate, up to date, and properly formatted. Conference proceedings and theses should only be cited when absolutely necessary. Personal </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CC58AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="EE0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>theses</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CC58AB">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">experiences and unpublished works may be mentioned in the Discussion section but cannot be cited as references. However, electronically published journal articles can be cited if the web address and the </w:t>
+      </w:r>
+      <w:r w:rsidR="006E306A" w:rsidRPr="00CC58AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="EE0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should only be cited when </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">DOI </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CC58AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="EE0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>absolutely necessary</w:t>
-[...88 lines deleted...]
-        <w:t xml:space="preserve"> to ensure credibility and academic rigor. References should be listed in the order in which they appear in the manuscript and cited in parentheses immediately before punctuation marks within the text. </w:t>
+        <w:t xml:space="preserve">are provided. The same rule applies to electronic books. It is strongly recommended that references be selected from articles indexed in databases such as Web of Science (WoS) or TRDizin to ensure credibility and academic rigor. References should be listed in the order in which they appear in the manuscript and cited in parentheses immediately before punctuation marks within the text. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC58AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:snapToGrid/>
           <w:color w:val="EE0000"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>If a cited article has six or fewer authors, all authors should be listed. For works with seven or more authors, only the first three authors should be included, followed by "et al.".</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC58AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="EE0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Some journal article reference examples are shown below. To minimize typographical errors and prevent duplication, we recommend using bibliography management software such as EndNote, Reference Manager, or Zotero when preparing references. The </w:t>
       </w:r>
       <w:r w:rsidR="00CA237F" w:rsidRPr="00CC58AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -1669,213 +1394,142 @@
       <w:r w:rsidRPr="00094ADF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00094ADF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hisakata R, Nishida S, Johnston A. An adaptable metric shapes perceptual space. Curr Biol. 2016;26(14):1911-1915. </w:t>
-[...19 lines deleted...]
-        <w:t>.2016.05.047</w:t>
+        <w:t>Hisakata R, Nishida S, Johnston A. An adaptable metric shapes perceptual space. Curr Biol. 2016;26(14):1911-1915. doi:10.1016/j.cub.2016.05.047</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D2F71B9" w14:textId="2D7C2351" w:rsidR="00A60FA2" w:rsidRDefault="001C5A95" w:rsidP="00CC58AB">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00A60FA2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A60FA2" w:rsidRPr="00B13E8D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Cirocchi</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> S, Desiderio J, et al. Treatment of Hinchey stage III-IV diverticulitis: a systematic review and meta-analysis. Int J Colorectal Dis</w:t>
+        <w:t>Cirocchi R, Trastulli S, Desiderio J, et al. Treatment of Hinchey stage III-IV diverticulitis: a systematic review and meta-analysis. Int J Colorectal Dis</w:t>
       </w:r>
       <w:r w:rsidR="00934AF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A60FA2" w:rsidRPr="00B13E8D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013;28(4):447-457. doi:10.1007/s00384-012-1622-4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="102A9A81" w14:textId="0E639D44" w:rsidR="00A60FA2" w:rsidRDefault="00934AF9" w:rsidP="00CC58AB">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00A60FA2" w:rsidRPr="00CC0BC1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Phan-Thien KC, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> DZ. Acute diverticulitis: a complex management challenge. ANZ J Surg</w:t>
+        <w:t>. Phan-Thien KC, Lubowski DZ. Acute diverticulitis: a complex management challenge. ANZ J Surg</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A60FA2" w:rsidRPr="00CC0BC1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015;85(10):698-699. doi:10.1111/ans.13228</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D76079A" w14:textId="77777777" w:rsidR="00A60FA2" w:rsidRDefault="00A60FA2" w:rsidP="00CC58AB">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
@@ -2832,61 +2486,61 @@
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C814D6" w:rsidRPr="00C814D6" w:rsidSect="0091470F">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1259" w:right="1418" w:bottom="1077" w:left="1418" w:header="709" w:footer="408" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1556B247" w14:textId="77777777" w:rsidR="002D698B" w:rsidRDefault="002D698B" w:rsidP="00FE74D5">
+    <w:p w14:paraId="42A55B6F" w14:textId="77777777" w:rsidR="00956618" w:rsidRDefault="00956618" w:rsidP="00FE74D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="789315C6" w14:textId="77777777" w:rsidR="002D698B" w:rsidRDefault="002D698B" w:rsidP="00FE74D5">
+    <w:p w14:paraId="211DC87A" w14:textId="77777777" w:rsidR="00956618" w:rsidRDefault="00956618" w:rsidP="00FE74D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -2918,61 +2572,61 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F4E774F" w14:textId="77777777" w:rsidR="002D698B" w:rsidRDefault="002D698B" w:rsidP="00FE74D5">
+    <w:p w14:paraId="64EB7DF0" w14:textId="77777777" w:rsidR="00956618" w:rsidRDefault="00956618" w:rsidP="00FE74D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0967D688" w14:textId="77777777" w:rsidR="002D698B" w:rsidRDefault="002D698B" w:rsidP="00FE74D5">
+    <w:p w14:paraId="17318261" w14:textId="77777777" w:rsidR="00956618" w:rsidRDefault="00956618" w:rsidP="00FE74D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08A093EC" w14:textId="1595D216" w:rsidR="00FE74D5" w:rsidRDefault="00670AD5" w:rsidP="004C0583">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1176D464" wp14:editId="4E126D29">
           <wp:extent cx="5752465" cy="786765"/>
           <wp:effectExtent l="0" t="0" r="635" b="0"/>
@@ -3020,146 +2674,152 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="364A94AD" w14:textId="77777777" w:rsidR="00CC24A4" w:rsidRPr="004C0583" w:rsidRDefault="00CC24A4" w:rsidP="004C0583">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C61C7C"/>
+    <w:rsid w:val="000236CB"/>
     <w:rsid w:val="00045DE2"/>
     <w:rsid w:val="00094ADF"/>
     <w:rsid w:val="000A36FE"/>
     <w:rsid w:val="000C39D3"/>
     <w:rsid w:val="000D7E74"/>
     <w:rsid w:val="000E50D0"/>
     <w:rsid w:val="000E768E"/>
     <w:rsid w:val="00102EB2"/>
+    <w:rsid w:val="00104C2F"/>
     <w:rsid w:val="001072DE"/>
     <w:rsid w:val="00110730"/>
     <w:rsid w:val="001114A5"/>
     <w:rsid w:val="00172056"/>
     <w:rsid w:val="00184889"/>
     <w:rsid w:val="001C156F"/>
     <w:rsid w:val="001C5A95"/>
     <w:rsid w:val="0026409F"/>
     <w:rsid w:val="00276D4E"/>
     <w:rsid w:val="002932B6"/>
     <w:rsid w:val="00297042"/>
     <w:rsid w:val="002A0F96"/>
     <w:rsid w:val="002D698B"/>
     <w:rsid w:val="00323174"/>
     <w:rsid w:val="00391871"/>
     <w:rsid w:val="003A44C7"/>
     <w:rsid w:val="003F155D"/>
     <w:rsid w:val="004336A8"/>
     <w:rsid w:val="00454309"/>
     <w:rsid w:val="004A4F6A"/>
     <w:rsid w:val="004C0583"/>
     <w:rsid w:val="004D51D8"/>
     <w:rsid w:val="004F246D"/>
     <w:rsid w:val="005048D8"/>
     <w:rsid w:val="00512203"/>
     <w:rsid w:val="00527107"/>
     <w:rsid w:val="005426B1"/>
     <w:rsid w:val="00545245"/>
     <w:rsid w:val="00591A1D"/>
     <w:rsid w:val="005A514C"/>
     <w:rsid w:val="005B1EBA"/>
     <w:rsid w:val="0064743F"/>
     <w:rsid w:val="00670AD5"/>
     <w:rsid w:val="006A730B"/>
     <w:rsid w:val="006B23C1"/>
     <w:rsid w:val="006B541B"/>
     <w:rsid w:val="006E306A"/>
     <w:rsid w:val="006E4322"/>
     <w:rsid w:val="007B3B33"/>
     <w:rsid w:val="007D70B8"/>
+    <w:rsid w:val="00803155"/>
     <w:rsid w:val="00815FBB"/>
     <w:rsid w:val="00827DBE"/>
     <w:rsid w:val="008347B8"/>
     <w:rsid w:val="00835CDF"/>
     <w:rsid w:val="00852575"/>
+    <w:rsid w:val="00855B68"/>
     <w:rsid w:val="00875856"/>
     <w:rsid w:val="008E3CEE"/>
+    <w:rsid w:val="008E632C"/>
     <w:rsid w:val="00913AD0"/>
     <w:rsid w:val="0091470F"/>
     <w:rsid w:val="00934AF9"/>
     <w:rsid w:val="00955C08"/>
+    <w:rsid w:val="00956618"/>
     <w:rsid w:val="00962238"/>
     <w:rsid w:val="009C3DF4"/>
     <w:rsid w:val="009F2D5B"/>
     <w:rsid w:val="00A270D2"/>
     <w:rsid w:val="00A60FA2"/>
     <w:rsid w:val="00A643AA"/>
     <w:rsid w:val="00AD3CCE"/>
     <w:rsid w:val="00AE51A9"/>
     <w:rsid w:val="00B00738"/>
+    <w:rsid w:val="00B03AE9"/>
     <w:rsid w:val="00B22971"/>
     <w:rsid w:val="00B72CF4"/>
     <w:rsid w:val="00B973E4"/>
     <w:rsid w:val="00BB35E0"/>
     <w:rsid w:val="00BB5E9D"/>
     <w:rsid w:val="00BE08DC"/>
     <w:rsid w:val="00BE121F"/>
     <w:rsid w:val="00C61C7C"/>
     <w:rsid w:val="00C814D6"/>
     <w:rsid w:val="00CA237F"/>
     <w:rsid w:val="00CB22D9"/>
     <w:rsid w:val="00CC22A5"/>
     <w:rsid w:val="00CC24A4"/>
     <w:rsid w:val="00CC58AB"/>
     <w:rsid w:val="00CD6779"/>
     <w:rsid w:val="00D90831"/>
     <w:rsid w:val="00DB3909"/>
     <w:rsid w:val="00DE3F87"/>
     <w:rsid w:val="00E37158"/>
     <w:rsid w:val="00E4033F"/>
     <w:rsid w:val="00E9168F"/>
     <w:rsid w:val="00EA3199"/>
     <w:rsid w:val="00EB0239"/>
     <w:rsid w:val="00EB6E2D"/>
     <w:rsid w:val="00EF3AA4"/>
@@ -3174,51 +2834,50 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31CD46A1"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{52E79576-9D66-4078-901C-8CF3983E0DAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4256,50 +3915,51 @@
     <w:rsid w:val="00A60FA2"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="0" w:line="280" w:lineRule="atLeast"/>
       <w:ind w:left="2608" w:firstLine="425"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="de-DE" w:bidi="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
@@ -4565,78 +4225,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>EURJIMR Case Report Template v2.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1246</Words>
-  <Characters>8516</Characters>
+  <Words>1456</Words>
+  <Characters>8302</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>113</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9736</CharactersWithSpaces>
+  <CharactersWithSpaces>9739</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>MEHMET BERKSUN TUTAN</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>fb862885-c037-4dfb-862d-567a31a05b85</vt:lpwstr>
   </property>